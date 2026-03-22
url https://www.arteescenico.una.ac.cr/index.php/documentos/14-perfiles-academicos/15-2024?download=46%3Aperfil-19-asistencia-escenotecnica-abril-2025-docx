--- v0 (2026-02-04)
+++ v1 (2026-03-22)
@@ -2030,57 +2030,63 @@
         <w:t>FORMACIÓN</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>ACADÉMICA:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4378B119" w14:textId="77777777" w:rsidR="00250E24" w:rsidRDefault="00250E24">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:before="41"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="082EF55C" w14:textId="77777777" w:rsidR="00250E24" w:rsidRDefault="00324F87">
+    <w:p w14:paraId="082EF55C" w14:textId="67394783" w:rsidR="00250E24" w:rsidRDefault="00324F87" w:rsidP="0067690D">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
-        <w:ind w:left="2287"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Bachillerato</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE7D24">
+        <w:t xml:space="preserve"> o Licenciatura</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>en</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>alguna</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -2178,51 +2184,51 @@
     </w:p>
     <w:p w14:paraId="560D4662" w14:textId="77777777" w:rsidR="00250E24" w:rsidRDefault="00324F87">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3204"/>
         </w:tabs>
         <w:ind w:hanging="588"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Danza</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5651F737" w14:textId="77777777" w:rsidR="00250E24" w:rsidRDefault="00324F87">
+    <w:p w14:paraId="5651F737" w14:textId="77777777" w:rsidR="00250E24" w:rsidRPr="00F00F58" w:rsidRDefault="00324F87">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3204"/>
         </w:tabs>
         <w:ind w:hanging="600"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Arte</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
@@ -2241,53 +2247,273 @@
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Comunicación</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-7"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Visual</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="5D193782" w14:textId="77777777" w:rsidR="00F00F58" w:rsidRPr="00E86622" w:rsidRDefault="00F00F58" w:rsidP="00F00F58">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3204"/>
+        </w:tabs>
+        <w:ind w:left="3204" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D39D554" w14:textId="37A44A52" w:rsidR="00E86622" w:rsidRPr="0067690D" w:rsidRDefault="00E86622" w:rsidP="0067690D">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3204"/>
+        </w:tabs>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0067690D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Bachillerato o Licenciatura en Publicidad</w:t>
+      </w:r>
+      <w:r w:rsidR="00771DC8" w:rsidRPr="0067690D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> con énfasis en Creatividad y Producción.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7088236B" w14:textId="39D7B24C" w:rsidR="00771DC8" w:rsidRPr="0067690D" w:rsidRDefault="00771DC8" w:rsidP="0067690D">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3204"/>
+        </w:tabs>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0067690D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bachillerato </w:t>
+      </w:r>
+      <w:r w:rsidR="00F00F58" w:rsidRPr="0067690D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>o Licenciatura en Comunicación Colectiva con énfasis en Producción Audiovisual.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A3A73AA" w14:textId="46807ABE" w:rsidR="00AF75E8" w:rsidRPr="0067690D" w:rsidRDefault="00A709F4" w:rsidP="0067690D">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3204"/>
+        </w:tabs>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0067690D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bachillerato o </w:t>
+      </w:r>
+      <w:r w:rsidR="00C224D3" w:rsidRPr="0067690D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0067690D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">icenciatura en </w:t>
+      </w:r>
+      <w:r w:rsidR="00895F68">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0067690D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ine </w:t>
+      </w:r>
+      <w:r w:rsidR="00895F68">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0067690D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00895F68">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0067690D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">elevisión </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D35FEC6" w14:textId="27D5F27B" w:rsidR="00A709F4" w:rsidRPr="0067690D" w:rsidRDefault="00C224D3" w:rsidP="0067690D">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3204"/>
+        </w:tabs>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0067690D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bachillerato o </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0067690D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0067690D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>icenciatura</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0067690D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en </w:t>
+      </w:r>
+      <w:r w:rsidR="00895F68">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0067690D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nimación </w:t>
+      </w:r>
+      <w:r w:rsidR="00895F68">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0067690D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">igital </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E965ECB" w14:textId="4C0DD2DF" w:rsidR="00771DC8" w:rsidRPr="00771DC8" w:rsidRDefault="00771DC8" w:rsidP="00771DC8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3204"/>
+        </w:tabs>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="2185DC1D" w14:textId="77777777" w:rsidR="00250E24" w:rsidRDefault="00250E24">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E103D0E" w14:textId="73E54D1D" w:rsidR="008F473C" w:rsidRDefault="008F473C" w:rsidP="00E86622">
+      <w:pPr>
+        <w:pStyle w:val="Textoindependiente"/>
+        <w:ind w:left="1080"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="275A03ED" w14:textId="77777777" w:rsidR="00250E24" w:rsidRDefault="00324F87">
       <w:pPr>
         <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="2354" w:right="1046"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>El</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:spacing w:val="38"/>
@@ -5138,80 +5364,101 @@
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Arial"/>
             <w:i/>
             <w:color w:val="467885"/>
             <w:spacing w:val="-2"/>
             <w:sz w:val="24"/>
             <w:u w:val="single" w:color="467885"/>
           </w:rPr>
           <w:t>elegibles/10-formulario-de-incorporacion-al-reta-escuela-de-arte-escenico</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr w:rsidR="00250E24">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1820" w:right="360" w:bottom="1560" w:left="0" w:header="715" w:footer="1375" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="61DA0833" w14:textId="77777777" w:rsidR="00FE2DEF" w:rsidRDefault="00FE2DEF">
+    <w:p w14:paraId="10851E8F" w14:textId="77777777" w:rsidR="00065359" w:rsidRDefault="00065359">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="42475F94" w14:textId="77777777" w:rsidR="00FE2DEF" w:rsidRDefault="00FE2DEF">
+    <w:p w14:paraId="2739679C" w14:textId="77777777" w:rsidR="00065359" w:rsidRDefault="00065359">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial MT">
     <w:altName w:val="Arial"/>
     <w:charset w:val="01"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
   </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
@@ -5259,58 +5506,58 @@
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7324725" cy="857250"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="697E4FF3" w14:textId="77777777" w:rsidR="00FE2DEF" w:rsidRDefault="00FE2DEF">
+    <w:p w14:paraId="31C91435" w14:textId="77777777" w:rsidR="00065359" w:rsidRDefault="00065359">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="567BF2CC" w14:textId="77777777" w:rsidR="00FE2DEF" w:rsidRDefault="00FE2DEF">
+    <w:p w14:paraId="7A5FCBB0" w14:textId="77777777" w:rsidR="00065359" w:rsidRDefault="00065359">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="18BEE9D1" w14:textId="77777777" w:rsidR="00250E24" w:rsidRDefault="00324F87">
     <w:pPr>
       <w:pStyle w:val="Textoindependiente"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
@@ -6157,50 +6404,162 @@
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:color w:val="808080"/>
                         <w:spacing w:val="-10"/>
                         <w:sz w:val="20"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="015B4180"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D3FCE03E"/>
+    <w:lvl w:ilvl="0" w:tplc="4656D8C0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2964" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="140A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3684" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="140A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4404" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="140A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5124" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="140A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5844" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="140A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6564" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="140A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7284" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="140A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8004" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="140A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8724" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="01C8092B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C4045F3E"/>
     <w:lvl w:ilvl="0" w:tplc="35B25B12">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2647" w:hanging="360"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="es-ES" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
@@ -6279,51 +6638,51 @@
     <w:lvl w:ilvl="7" w:tplc="FE0A5DBA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="9108" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="es-ES" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="373432A2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="10032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="es-ES" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07D939CE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8AA445EC"/>
     <w:lvl w:ilvl="0" w:tplc="00422A24">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2640" w:hanging="713"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="-1"/>
         <w:w w:val="100"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-ES" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
@@ -6402,51 +6761,163 @@
     <w:lvl w:ilvl="7" w:tplc="46A6A2D4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="9108" w:hanging="713"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="es-ES" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="4D3C4A6E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="10032" w:hanging="713"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="es-ES" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0C4C7593"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="390A8626"/>
+    <w:lvl w:ilvl="0" w:tplc="B08431B4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="140A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="140A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="140A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="140A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="140A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="140A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="140A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="140A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="329E23B3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="81063516"/>
     <w:lvl w:ilvl="0" w:tplc="0E124624">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2647" w:hanging="360"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="es-ES" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
@@ -6525,51 +6996,276 @@
     <w:lvl w:ilvl="7" w:tplc="8E8E4656">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="9108" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="es-ES" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="C862EF48">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="10032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="es-ES" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="361617D4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="21EA6096"/>
+    <w:lvl w:ilvl="0" w:tplc="61823290">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="140A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="140A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="140A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="140A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="140A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="140A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="140A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="140A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4C0D5AB6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="33F0C814"/>
+    <w:lvl w:ilvl="0" w:tplc="9976D224">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2647" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="140A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3367" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="140A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4087" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="140A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4807" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="140A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5527" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="140A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6247" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="140A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6967" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="140A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7687" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="140A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8407" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="61DE3DF5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1BB43968"/>
     <w:lvl w:ilvl="0" w:tplc="D1483606">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2647" w:hanging="360"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="es-ES" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
@@ -6648,51 +7344,51 @@
     <w:lvl w:ilvl="7" w:tplc="874AB444">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="9108" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="es-ES" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="1B8AF3AA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="10032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="es-ES" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7D980FEE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="89643A38"/>
     <w:lvl w:ilvl="0" w:tplc="BE2AC522">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2647" w:hanging="360"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="es-ES" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
@@ -6782,117 +7478,143 @@
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8986" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="es-ES" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="4EB874D2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="9951" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="es-ES" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="651953219">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="2079206218">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="663901087">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1983925422">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="2079206218">
+  <w:num w:numId="5" w16cid:durableId="1806504119">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="113640633">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="663901087">
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="7" w16cid:durableId="1377586632">
+    <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1983925422">
+  <w:num w:numId="8" w16cid:durableId="1805808094">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1806504119">
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="9" w16cid:durableId="403376900">
+    <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="140"/>
+  <w:zoom w:percent="200"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00250E24"/>
+    <w:rsid w:val="00065359"/>
+    <w:rsid w:val="00070588"/>
+    <w:rsid w:val="001E56C3"/>
     <w:rsid w:val="00250E24"/>
     <w:rsid w:val="002C54FD"/>
     <w:rsid w:val="00324F87"/>
     <w:rsid w:val="003703F7"/>
     <w:rsid w:val="003B5A0B"/>
     <w:rsid w:val="003B5D00"/>
     <w:rsid w:val="00402E33"/>
     <w:rsid w:val="004942D2"/>
     <w:rsid w:val="00627F6B"/>
     <w:rsid w:val="00631782"/>
     <w:rsid w:val="00665D0E"/>
+    <w:rsid w:val="0067690D"/>
     <w:rsid w:val="00753F2E"/>
+    <w:rsid w:val="00771DC8"/>
+    <w:rsid w:val="00895F68"/>
     <w:rsid w:val="008E7D31"/>
+    <w:rsid w:val="008F473C"/>
     <w:rsid w:val="009A7E3D"/>
+    <w:rsid w:val="00A709F4"/>
     <w:rsid w:val="00AB00D9"/>
+    <w:rsid w:val="00AF75E8"/>
     <w:rsid w:val="00B85802"/>
     <w:rsid w:val="00BD5E50"/>
+    <w:rsid w:val="00BE7D24"/>
+    <w:rsid w:val="00C224D3"/>
     <w:rsid w:val="00C30BCC"/>
+    <w:rsid w:val="00CA5634"/>
     <w:rsid w:val="00D536B0"/>
     <w:rsid w:val="00E016B5"/>
     <w:rsid w:val="00E26ACF"/>
+    <w:rsid w:val="00E86622"/>
     <w:rsid w:val="00E95D79"/>
     <w:rsid w:val="00EB3BD7"/>
+    <w:rsid w:val="00F00F58"/>
     <w:rsid w:val="00F65C82"/>
     <w:rsid w:val="00FE2DEF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-CR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
@@ -7699,61 +8421,61 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>5112</Characters>
+  <Pages>5</Pages>
+  <Words>892</Words>
+  <Characters>5444</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>150</Lines>
-  <Paragraphs>62</Paragraphs>
+  <Lines>160</Lines>
+  <Paragraphs>64</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5979</CharactersWithSpaces>
+  <CharactersWithSpaces>6272</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>DIANA ALVARADO  JIMENEZ</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2025-04-10T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Microsoft® Word para Microsoft 365</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">